--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d62cc1ead049f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d64d1a2077466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d57c077314549f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844409162e2049cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ecc2cebda1d41e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d57c077314549f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd406571973a047b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844409162e2049cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Select Artificial Intelligence Equity 15%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>114,315</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>112,850</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,140</x:t>
-[...129 lines deleted...]
-          <x:t>112,570</x:t>
+          <x:t>112,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>111,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>