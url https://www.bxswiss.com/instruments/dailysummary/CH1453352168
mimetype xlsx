--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d64d1a2077466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37817800be04ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844409162e2049cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8763d39c43574a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd406571973a047b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844409162e2049cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46ca56284694a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8763d39c43574a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Select Artificial Intelligence Equity 15%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>116,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,510</x:t>
-[...124 lines deleted...]
-          <x:t>114,960</x:t>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,615</x:t>
-[...16 lines deleted...]
-          <x:t>113,885</x:t>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,885</x:t>
-[...43 lines deleted...]
-          <x:t>112,800</x:t>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,030</x:t>
-[...124 lines deleted...]
-          <x:t>113,385</x:t>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,145</x:t>
+          <x:t>113,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>