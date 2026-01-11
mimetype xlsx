--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37817800be04ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ec64b3919694944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8763d39c43574a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc906e951ad60452c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46ca56284694a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8763d39c43574a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9d00eef9aa405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc906e951ad60452c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Select Artificial Intelligence Equity 15%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>112,800</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,030</x:t>
-[...43 lines deleted...]
-          <x:t>113,995</x:t>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,910</x:t>
-[...497 lines deleted...]
-          <x:t>112,400</x:t>
+          <x:t>113,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,995</x:t>
-[...58 lines deleted...]
-          <x:t>113,215</x:t>
+          <x:t>113,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>