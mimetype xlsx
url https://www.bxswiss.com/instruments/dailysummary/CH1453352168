--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ec64b3919694944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd659a079d614df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc906e951ad60452c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bb856c44904342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9d00eef9aa405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc906e951ad60452c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607db04709404730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bb856c44904342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Select Artificial Intelligence Equity 15%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>114,480</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,355</x:t>
-[...345 lines deleted...]
-          <x:t>113,695</x:t>
+          <x:t>115,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,815</x:t>
-[...9 lines deleted...]
-          <x:t>113,805</x:t>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>