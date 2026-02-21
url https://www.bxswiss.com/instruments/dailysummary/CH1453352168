--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd659a079d614df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R179f72e29e974ebc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bb856c44904342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re03d535e09394bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607db04709404730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bb856c44904342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1100a78d940a4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re03d535e09394bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Select Artificial Intelligence Equity 15%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>