--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R179f72e29e974ebc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca85baede00743d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re03d535e09394bb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63093a86f16a4657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1100a78d940a4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re03d535e09394bb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697c470e10fd46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63093a86f16a4657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Select Artificial Intelligence Equity 15%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,575</x:t>
-[...252 lines deleted...]
-          <x:t>110,270</x:t>
+          <x:t>111,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>