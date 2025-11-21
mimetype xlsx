--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f29855c9909490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7048f7cafbb24f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd150b9d6fcfe4ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e8ccee271b40ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dfcb11b8f084aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd150b9d6fcfe4ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e349192bf0941ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e8ccee271b40ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Defense &amp; Security 12%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>102,750</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,890</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,990</x:t>
-[...306 lines deleted...]
-          <x:t>104,410</x:t>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>