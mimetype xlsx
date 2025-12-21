--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7048f7cafbb24f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d4f02e84f041a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e8ccee271b40ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e8902c00de4ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e349192bf0941ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e8ccee271b40ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e8bdf2f6924048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e8902c00de4ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Defense &amp; Security 12%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>101,695</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,475</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>