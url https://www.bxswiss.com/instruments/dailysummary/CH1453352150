--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d4f02e84f041a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a47c8e7e5f4ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e8902c00de4ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ee88f730ac4194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e8bdf2f6924048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e8902c00de4ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6a12bd91134053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ee88f730ac4194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Defense &amp; Security 12%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,220</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>100,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>