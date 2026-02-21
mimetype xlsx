--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a47c8e7e5f4ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb32d57fe9e42c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ee88f730ac4194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f3db5f45c34c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6a12bd91134053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ee88f730ac4194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a17d0f81e6646b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f3db5f45c34c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Defense &amp; Security 12%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>101,205</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>103,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>