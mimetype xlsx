--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb32d57fe9e42c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b9911ea7fa43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f3db5f45c34c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra997b4b95b884669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a17d0f81e6646b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f3db5f45c34c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eea7499f3434773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra997b4b95b884669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Leonteq Defense &amp; Security 12%RC Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>104,480</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,630</x:t>
-[...620 lines deleted...]
-          <x:t>105,685</x:t>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>