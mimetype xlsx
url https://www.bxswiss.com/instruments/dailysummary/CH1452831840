--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7eab6169dd4428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640f9312925a4cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b435317a9d547d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8046e88b774764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4047113e5646e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b435317a9d547d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edb634cad9f4ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8046e88b774764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Pfizer Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...21 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
-[...512 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>