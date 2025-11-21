--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640f9312925a4cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ab1eb8c33c4103" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8046e88b774764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0362a87705ec4f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edb634cad9f4ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8046e88b774764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2c4c9541a0c449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0362a87705ec4f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Pfizer Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,235</x:t>
-[...16 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...151 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>10.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>13.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...355 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>