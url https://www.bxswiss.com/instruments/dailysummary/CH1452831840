--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ab1eb8c33c4103" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39544bd6d12d4005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0362a87705ec4f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e74ba25178459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2c4c9541a0c449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0362a87705ec4f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196fe54d576e4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e74ba25178459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Pfizer Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
-        </x:is>
-[...607 lines deleted...]
-          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>