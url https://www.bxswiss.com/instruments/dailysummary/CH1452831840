--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39544bd6d12d4005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19444fd678124eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e74ba25178459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd36c51ce312459b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196fe54d576e4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e74ba25178459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69311c002f8440ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd36c51ce312459b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Pfizer Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...472 lines deleted...]
-          <x:t>0,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...70 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>