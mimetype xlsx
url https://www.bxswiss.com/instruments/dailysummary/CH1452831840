--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19444fd678124eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c298be7b1a84d42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd36c51ce312459b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R161801489d374d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69311c002f8440ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd36c51ce312459b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a74cc82aff84e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R161801489d374d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Pfizer Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,375</x:t>
-        </x:is>
-[...440 lines deleted...]
-          <x:t>0,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>