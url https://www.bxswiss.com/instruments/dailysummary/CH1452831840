--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c298be7b1a84d42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc069aaa2d35f40a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R161801489d374d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0aea603789a44b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a74cc82aff84e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R161801489d374d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R782e86452eb348ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0aea603789a44b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Pfizer Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...70 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...70 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...80 lines deleted...]
-          <x:t>0,395</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,425</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>0,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>