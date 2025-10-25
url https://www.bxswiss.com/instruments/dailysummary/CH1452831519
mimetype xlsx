--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18b43f8b78b9458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61b891203f144b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dddcdbad5704262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R877cf1dbb8a04fe6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf90e8f591d4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dddcdbad5704262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1eb22bdd684952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R877cf1dbb8a04fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>2,505</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
-[...11 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>2,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
-[...97 lines deleted...]
-          <x:t>2,805</x:t>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,715</x:t>
-[...70 lines deleted...]
-          <x:t>2,995</x:t>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,895</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,445</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>