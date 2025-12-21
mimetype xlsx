--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61b891203f144b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87f50e51c2a84e7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R877cf1dbb8a04fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e907928a0774152"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1eb22bdd684952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R877cf1dbb8a04fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d32594d6f94cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e907928a0774152" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,675</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>2,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,845</x:t>
-[...65 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,555</x:t>
-[...26 lines deleted...]
-          <x:t>3,435</x:t>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>3,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,545</x:t>
-[...183 lines deleted...]
-          <x:t>3,515</x:t>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>3,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>