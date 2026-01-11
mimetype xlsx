--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87f50e51c2a84e7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ff2514165a4e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e907928a0774152"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce80aa1f55144e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d32594d6f94cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e907928a0774152" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b211c4cb6a4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce80aa1f55144e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>3,475</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,425</x:t>
-[...53 lines deleted...]
-          <x:t>3,335</x:t>
+          <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,525</x:t>
-[...11 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,565</x:t>
-[...146 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,585</x:t>
-[...166 lines deleted...]
-          <x:t>3,885</x:t>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>