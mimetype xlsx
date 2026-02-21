--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ff2514165a4e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe90047a3bb4ffd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce80aa1f55144e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a26cba0bc84bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b211c4cb6a4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce80aa1f55144e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4b0ae147614d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a26cba0bc84bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>4,555</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>4,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,605</x:t>
-[...65 lines deleted...]
-          <x:t>4,555</x:t>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,555</x:t>
-[...4 lines deleted...]
-          <x:t>4,925</x:t>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>