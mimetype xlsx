--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe90047a3bb4ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec8a9e5a30343f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a26cba0bc84bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052c174eef8c4e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4b0ae147614d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a26cba0bc84bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0aa4063b8f4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052c174eef8c4e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1452831519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,835</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>4,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...127 lines deleted...]
-          <x:t>5,475</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>