--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c42f67a0654013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94301aeae6764143" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe54c66fbf374e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921fc159228a4f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb29c7e2f4e64a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe54c66fbf374e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73fac09876934cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921fc159228a4f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SMI ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447931341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>3,427</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,404</x:t>
-[...38 lines deleted...]
-          <x:t>3,414</x:t>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,414</x:t>
-[...544 lines deleted...]
-          <x:t>3,476</x:t>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>