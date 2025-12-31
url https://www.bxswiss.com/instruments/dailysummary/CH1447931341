--- v1 (2025-10-25)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94301aeae6764143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d4f2501678e47a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921fc159228a4f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e4ef6641ec4b31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73fac09876934cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921fc159228a4f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82fd47ab33e4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e4ef6641ec4b31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SMI ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447931341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,508</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>