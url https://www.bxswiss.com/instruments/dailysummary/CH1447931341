--- v2 (2025-12-31)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d4f2501678e47a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf615e737775845c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e4ef6641ec4b31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref14eb5583474759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82fd47ab33e4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e4ef6641ec4b31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99580b5cc8be444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref14eb5583474759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SMI ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447931341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,644</x:t>
-[...205 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,724</x:t>
-[...36 lines deleted...]
-          <x:t>3,718</x:t>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>