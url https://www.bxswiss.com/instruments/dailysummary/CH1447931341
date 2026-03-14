--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf615e737775845c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138207579bdb4ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref14eb5583474759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb74e251fbd04509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99580b5cc8be444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref14eb5583474759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5acfe2f8861f4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb74e251fbd04509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SMI ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447931341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>3,717</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,691</x:t>
-[...26 lines deleted...]
-          <x:t>3,640</x:t>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>3,891</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>