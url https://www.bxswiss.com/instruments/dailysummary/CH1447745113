--- v0 (2026-01-10)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a1134d8723451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b627a69ba84596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15164b170a74470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69632f996884559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3132c1f608024aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15164b170a74470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe337b9435964ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69632f996884559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Tesla 110% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447745113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>