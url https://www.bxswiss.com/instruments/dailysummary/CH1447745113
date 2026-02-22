--- v1 (2026-01-31)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b627a69ba84596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7db8248eac416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69632f996884559"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a31165f7ba4b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe337b9435964ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69632f996884559" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra090f74c9b924fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a31165f7ba4b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Tesla 110% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447745113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>23,415</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>22,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,605</x:t>
-[...222 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>22,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,240</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,050</x:t>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>21,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>22,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,320</x:t>
-[...134 lines deleted...]
-          <x:t>22,240</x:t>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>