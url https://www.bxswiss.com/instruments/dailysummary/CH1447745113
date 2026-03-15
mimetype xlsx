--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7db8248eac416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e17026a4db434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a31165f7ba4b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8602c781f04f11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra090f74c9b924fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a31165f7ba4b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052ff69a04f64cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8602c781f04f11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Tesla 110% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447745113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>21,080</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,175</x:t>
-[...26 lines deleted...]
-          <x:t>21,348</x:t>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,253</x:t>
-[...183 lines deleted...]
-          <x:t>20,775</x:t>
+          <x:t>20,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>21,225</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>