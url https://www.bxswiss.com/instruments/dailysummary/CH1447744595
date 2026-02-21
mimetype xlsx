--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cff068126f749de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aab0ad5bd0548d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07dc019766940d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a02095a2cd4aac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84ebe1057b894157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07dc019766940d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70067cd46e624b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a02095a2cd4aac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...129 lines deleted...]
-          <x:t>100,550</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,490</x:t>
-[...58 lines deleted...]
-          <x:t>101,575</x:t>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>