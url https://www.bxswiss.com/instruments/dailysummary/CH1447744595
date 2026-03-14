--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aab0ad5bd0548d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc03d5165a3564c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a02095a2cd4aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fc26cbbf044ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70067cd46e624b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a02095a2cd4aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra567348844f6438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fc26cbbf044ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>103,110</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,000</x:t>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,445</x:t>
-[...549 lines deleted...]
-          <x:t>101,990</x:t>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>