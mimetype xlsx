--- v0 (2026-02-05)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3ac3f2f0fad43e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a707376b4b4662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf95f17acf644b6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7333cf1147614091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e508c97f3a4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf95f17acf644b6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649f688504d94623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7333cf1147614091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>100,450</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,260</x:t>
-[...48 lines deleted...]
-          <x:t>101,235</x:t>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,145</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>