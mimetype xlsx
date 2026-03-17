--- v1 (2026-02-25)
+++ v2 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a707376b4b4662" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9814cc8f0c9d450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7333cf1147614091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2113709a41034102"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649f688504d94623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7333cf1147614091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f681cf3bf94515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2113709a41034102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>95,150</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,480</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>95,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,280</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>