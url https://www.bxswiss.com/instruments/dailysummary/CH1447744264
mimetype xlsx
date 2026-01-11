--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890f5525af6641fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ca54c678c64746" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f3fa24f854427e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0883bc7ebb9b427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68c0015e7e940f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f3fa24f854427e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d21f8b6428543cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0883bc7ebb9b427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -344,31 +239,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>