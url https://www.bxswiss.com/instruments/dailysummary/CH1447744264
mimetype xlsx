--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ca54c678c64746" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa83fccb88f4a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0883bc7ebb9b427d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459d65c0cf6b46f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d21f8b6428543cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0883bc7ebb9b427d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5adabfee2855458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459d65c0cf6b46f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,364 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...83 lines deleted...]
-          <x:t>99,540</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>100,450</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>