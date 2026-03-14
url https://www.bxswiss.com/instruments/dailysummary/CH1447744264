--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa83fccb88f4a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1807246d08f0491b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459d65c0cf6b46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2037fcc6f594822"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5adabfee2855458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459d65c0cf6b46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1c976968624a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2037fcc6f594822" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>98,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>95,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>96,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>