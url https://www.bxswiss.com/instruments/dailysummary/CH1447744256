--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c2f43c00924c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c0d91bf1de4b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6cef90c85424a5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ddfe49b9d8e4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260d35d8034342df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6cef90c85424a5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab4eae65e9143e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ddfe49b9d8e4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -344,31 +246,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>