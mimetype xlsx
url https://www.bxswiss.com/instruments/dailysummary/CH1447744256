--- v1 (2026-01-10)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c0d91bf1de4b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e86758e62f47f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ddfe49b9d8e4770"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64dc9a81632b407f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab4eae65e9143e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ddfe49b9d8e4770" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf746b2be2bc4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64dc9a81632b407f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,371 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>99,280</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,250</x:t>
-[...53 lines deleted...]
-          <x:t>101,095</x:t>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,040</x:t>
-[...85 lines deleted...]
-          <x:t>101,315</x:t>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>101,365</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>