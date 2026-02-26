--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e86758e62f47f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree46af7ee37b4d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64dc9a81632b407f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26ee0c3a5c74407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf746b2be2bc4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64dc9a81632b407f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72130f9466d54902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26ee0c3a5c74407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>101,315</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>101,405</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,365</x:t>
-[...11 lines deleted...]
-          <x:t>101,115</x:t>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,025</x:t>
-[...48 lines deleted...]
-          <x:t>101,655</x:t>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,115</x:t>
-[...70 lines deleted...]
-          <x:t>100,975</x:t>
+          <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,865</x:t>
-[...60 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,505</x:t>
-[...26 lines deleted...]
-          <x:t>101,755</x:t>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,515</x:t>
-[...43 lines deleted...]
-          <x:t>101,880</x:t>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,865</x:t>
-[...188 lines deleted...]
-          <x:t>99,090</x:t>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>