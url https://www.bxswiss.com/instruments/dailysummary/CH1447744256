--- v3 (2026-02-26)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree46af7ee37b4d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cce3468199f4faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26ee0c3a5c74407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3bb77bad5ee4e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72130f9466d54902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26ee0c3a5c74407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd400f2f900004261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3bb77bad5ee4e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>101,880</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>99,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,680</x:t>
-[...65 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,245</x:t>
-[...4 lines deleted...]
-          <x:t>100,735</x:t>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,645</x:t>
-[...279 lines deleted...]
-          <x:t>101,625</x:t>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>