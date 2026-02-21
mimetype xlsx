--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696e22e455f942bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706de3d9f9234388" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90bd80d03f9f44fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec32c46cf1e945ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa87423ff2e54568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90bd80d03f9f44fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e520a2419c1477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec32c46cf1e945ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>95,210</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>