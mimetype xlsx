--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706de3d9f9234388" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb8d38b70484105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec32c46cf1e945ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e0b47cfc43b4360"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e520a2419c1477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec32c46cf1e945ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e49491477c4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e0b47cfc43b4360" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,280</x:t>
-[...31 lines deleted...]
-          <x:t>86,990</x:t>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>89,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,320</x:t>
-[...254 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,630</x:t>
-[...90 lines deleted...]
-          <x:t>89,300</x:t>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>