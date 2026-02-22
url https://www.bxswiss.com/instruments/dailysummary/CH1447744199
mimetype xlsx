--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d7edb9bd1f44a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037bb0505c554cef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab06f5e2933042c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69dd63c61fea42ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39f10bcdc2743cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab06f5e2933042c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94881e944e9a421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69dd63c61fea42ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...48 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,050</x:t>
-[...21 lines deleted...]
-          <x:t>99,730</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,630</x:t>
-[...156 lines deleted...]
-          <x:t>100,030</x:t>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,800</x:t>
-[...26 lines deleted...]
-          <x:t>100,000</x:t>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>