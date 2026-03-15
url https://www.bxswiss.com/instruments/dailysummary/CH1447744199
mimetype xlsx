--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037bb0505c554cef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf5a5431ccd34ecf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69dd63c61fea42ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48573090d886473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94881e944e9a421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69dd63c61fea42ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcaf47949afa44aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48573090d886473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447744199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>