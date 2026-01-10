--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb018724ae8b74962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e1cca402bf47e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03b451b3c9344b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re594ee52bf13443a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a949d1257be4ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03b451b3c9344b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc97836a9b24e49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re594ee52bf13443a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,460</x:t>
@@ -444,31 +346,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>