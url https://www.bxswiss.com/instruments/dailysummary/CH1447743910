--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e1cca402bf47e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e76e49f83fe4282" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re594ee52bf13443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c1ae6943776476c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc97836a9b24e49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re594ee52bf13443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11eb1c5b25de47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c1ae6943776476c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,471 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...438 lines deleted...]
-          <x:t>97,700</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>