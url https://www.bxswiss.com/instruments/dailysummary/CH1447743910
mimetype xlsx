--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e76e49f83fe4282" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a3d10a28c184459" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c1ae6943776476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2195de3bd24cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11eb1c5b25de47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c1ae6943776476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41cb2cbd993a4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2195de3bd24cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>85,690</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,080</x:t>
-[...75 lines deleted...]
-          <x:t>80,710</x:t>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>83,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>