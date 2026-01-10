--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb100a30ee75a4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99989647944148f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra923376351394df4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945cf4f83a704714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f4942f8e8f34475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra923376351394df4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea7574ffbf3f4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945cf4f83a704714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,970</x:t>
@@ -444,31 +346,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>