--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99989647944148f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06bb6c70af4a410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945cf4f83a704714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc74e1131584882"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea7574ffbf3f4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945cf4f83a704714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2bcacf0f28141b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc74e1131584882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,471 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...325 lines deleted...]
-          <x:t>101,990</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>102,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,500</x:t>
-[...75 lines deleted...]
-          <x:t>103,655</x:t>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,565</x:t>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>