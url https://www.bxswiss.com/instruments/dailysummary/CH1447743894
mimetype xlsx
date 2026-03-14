--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06bb6c70af4a410f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc565a1b5ee4ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc74e1131584882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f9a6128b594b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2bcacf0f28141b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc74e1131584882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf09069f837014733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f9a6128b594b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>103,615</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,575</x:t>
-[...16 lines deleted...]
-          <x:t>103,645</x:t>
+          <x:t>103,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>11.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,455</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>103,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,355</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>102,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>