--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20023cc7da346e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2d5d316df2434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00273a7ceddb4dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0e0aff421d40e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2b942518d364f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00273a7ceddb4dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601dca831789498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0e0aff421d40e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,870</x:t>
@@ -444,31 +346,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>