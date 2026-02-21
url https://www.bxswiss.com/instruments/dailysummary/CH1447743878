--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2d5d316df2434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f54a1dffe84a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0e0aff421d40e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d505594d4546d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601dca831789498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0e0aff421d40e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0c9e763fe045e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d505594d4546d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,471 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...153 lines deleted...]
-          <x:t>97,550</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,150</x:t>
-[...43 lines deleted...]
-          <x:t>97,700</x:t>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,370</x:t>
-[...97 lines deleted...]
-          <x:t>99,580</x:t>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,580</x:t>
-[...112 lines deleted...]
-          <x:t>101,755</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>