--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f54a1dffe84a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1bf3755b1cf4fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d505594d4546d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66e0bafe458d4949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0c9e763fe045e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d505594d4546d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e96abc167c8440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66e0bafe458d4949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>101,115</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,965</x:t>
-[...276 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,370</x:t>
-[...31 lines deleted...]
-          <x:t>98,710</x:t>
+          <x:t>97,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...36 lines deleted...]
-          <x:t>98,560</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,930</x:t>
-[...161 lines deleted...]
-          <x:t>100,675</x:t>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>