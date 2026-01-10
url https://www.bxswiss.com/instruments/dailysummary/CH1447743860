--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78994f4ae3864f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7445b6f8a09b4092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90190b45e79453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ecd16108634a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df0ff58497c4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90190b45e79453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fc8fe029e440f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ecd16108634a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
@@ -444,31 +346,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>