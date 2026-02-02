--- v1 (2026-01-10)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7445b6f8a09b4092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c13d48417c457c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ecd16108634a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra320ccf3679349f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fc8fe029e440f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ecd16108634a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6f7239f13f48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra320ccf3679349f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,471 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...121 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,545</x:t>
-[...80 lines deleted...]
-          <x:t>101,335</x:t>
+          <x:t>101,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,265</x:t>
-[...38 lines deleted...]
-          <x:t>101,285</x:t>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,245</x:t>
-[...11 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,310</x:t>
-[...4 lines deleted...]
-          <x:t>101,685</x:t>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>101,990</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>