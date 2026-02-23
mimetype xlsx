--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c13d48417c457c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5757bea52a54e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra320ccf3679349f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ea25e08b05416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6f7239f13f48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra320ccf3679349f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbb3a0ce7074055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ea25e08b05416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>102,060</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,795</x:t>
-[...16 lines deleted...]
-          <x:t>101,845</x:t>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...337 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,940</x:t>
-[...144 lines deleted...]
-          <x:t>102,610</x:t>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>