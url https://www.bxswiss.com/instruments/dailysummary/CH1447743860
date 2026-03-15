--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5757bea52a54e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8fd22c6f56448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ea25e08b05416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R894a445ac6ff4711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbb3a0ce7074055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ea25e08b05416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a8dd737fd2640a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R894a445ac6ff4711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>102,260</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>102,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>102,590</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,350</x:t>
-[...382 lines deleted...]
-          <x:t>103,535</x:t>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>