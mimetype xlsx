--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866df780309c41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7004a6a40fbd4f8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea0bd94ab1d14a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43885d7687e4d16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1371a9afd1e6441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea0bd94ab1d14a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaafa241d013476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43885d7687e4d16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.70% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,208 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...156 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -544,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>