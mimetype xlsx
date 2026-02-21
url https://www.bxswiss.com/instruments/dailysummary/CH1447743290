--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7004a6a40fbd4f8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a01ce4d90141b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43885d7687e4d16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7398df60774f4fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaafa241d013476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43885d7687e4d16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d93c9d6e74040e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7398df60774f4fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.70% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>100,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>101,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>