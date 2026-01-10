--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree946405fcee4ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc0397590394055" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46394b5f1c2141a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d739147905647e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58526a40ca77479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46394b5f1c2141a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R256d22193aa440e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d739147905647e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,208 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...156 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -544,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>