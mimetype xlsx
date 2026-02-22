--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc0397590394055" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b863f360ab426e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d739147905647e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree0fe6d19a5640f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R256d22193aa440e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d739147905647e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17388f2eaac424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree0fe6d19a5640f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>103,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>103,815</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>104,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>