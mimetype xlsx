--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b863f360ab426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dd1927f527452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree0fe6d19a5640f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0fa53d7e4d84d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17388f2eaac424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree0fe6d19a5640f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R545ab6b84871489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0fa53d7e4d84d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>104,145</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,935</x:t>
-[...16 lines deleted...]
-          <x:t>103,925</x:t>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,495</x:t>
-[...438 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>104,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>