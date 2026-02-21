--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ccf96b364064275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcffb14089c52452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41bcbe7934a24279"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra153910e6d4347f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe9aba310e6f447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41bcbe7934a24279" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2a696dc3fb4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra153910e6d4347f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Clariant</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>99,640</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,090</x:t>
-[...16 lines deleted...]
-          <x:t>99,350</x:t>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,330</x:t>
+          <x:t>99,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>99,250</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>99,830</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>