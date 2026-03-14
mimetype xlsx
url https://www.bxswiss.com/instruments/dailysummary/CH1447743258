--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcffb14089c52452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d6e99568a2428b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra153910e6d4347f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708db35ba3094e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2a696dc3fb4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra153910e6d4347f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ffb53b03984cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708db35ba3094e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Clariant</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>99,990</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>99,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>