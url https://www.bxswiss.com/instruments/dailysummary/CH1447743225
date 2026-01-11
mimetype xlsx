--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d38ed3e89c4576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4a81986ae646b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1edfe4673044ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb3cf656b5a457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c6e1b6dc6c4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1edfe4673044ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a2ff8e6ec14fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb3cf656b5a457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>95,800</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,800</x:t>
-[...222 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,950</x:t>
-[...225 lines deleted...]
-          <x:t>92,450</x:t>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>