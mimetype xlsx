--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4a81986ae646b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc13b04fc4d2472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb3cf656b5a457f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849a08d6bd1e442f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a2ff8e6ec14fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb3cf656b5a457f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b0c56ccf954122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849a08d6bd1e442f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>92,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>94,580</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>