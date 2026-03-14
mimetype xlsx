--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc13b04fc4d2472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd6d8fd1a1fc4d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849a08d6bd1e442f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7943a2d72304b87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b0c56ccf954122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849a08d6bd1e442f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c09a81934144ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7943a2d72304b87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>93,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,580</x:t>
-[...87 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>91,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>91,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>