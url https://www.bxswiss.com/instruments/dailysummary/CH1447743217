--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re491c46e9e734395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a57f5ceaca4250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2a438df3b84c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a7996bb8e1b4405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc25172ae95854e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2a438df3b84c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1eeec7ce3794edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a7996bb8e1b4405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>100,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>100,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>100,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,420</x:t>
-[...247 lines deleted...]
-          <x:t>101,505</x:t>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>