--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a57f5ceaca4250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4499e0becdae4c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a7996bb8e1b4405"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ab8ccb3d8e4b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1eeec7ce3794edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a7996bb8e1b4405" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b11a500063c4431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ab8ccb3d8e4b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>100,430</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>103,865</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>