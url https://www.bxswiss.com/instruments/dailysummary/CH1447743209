--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034945c2b17b4218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37963931dd9b497a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e2e864a1ce4853"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4446074b97564422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2cf01a3ac54d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e2e864a1ce4853" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re380181b43524803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4446074b97564422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>96,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,100</x:t>
-[...409 lines deleted...]
-          <x:t>96,930</x:t>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>