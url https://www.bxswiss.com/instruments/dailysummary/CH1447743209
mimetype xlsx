--- v1 (2026-01-16)
+++ v2 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37963931dd9b497a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c97f3abec234656" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4446074b97564422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978e5a6301774061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re380181b43524803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4446074b97564422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7adbe3ac0a5e478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978e5a6301774061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>12.01.2026</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,720</x:t>
-[...117 lines deleted...]
-          <x:t>96,380</x:t>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>