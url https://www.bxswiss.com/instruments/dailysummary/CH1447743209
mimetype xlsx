--- v2 (2026-02-17)
+++ v3 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c97f3abec234656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0bb0689c1cd4753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978e5a6301774061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ad51d55a934d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7adbe3ac0a5e478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978e5a6301774061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc510f9658f42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ad51d55a934d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>95,130</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>94,860</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,160</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>