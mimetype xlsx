--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0bb0689c1cd4753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9342ce4ac8d4a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ad51d55a934d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc17878056ab4058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc510f9658f42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ad51d55a934d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7871945af364909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc17878056ab4058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...203 lines deleted...]
-          <x:t>88,430</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>89,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>90,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,490</x:t>
-[...323 lines deleted...]
-          <x:t>88,070</x:t>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>