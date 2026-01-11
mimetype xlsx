--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c7dfb03f1664f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8c3d5f82bf44a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf5e589182f483b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8085958aeb04b93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99af8ed0baa64c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf5e589182f483b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77c810736a7f4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8085958aeb04b93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.80% p.a. Barrier Reverse Convertible on MP Materials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>93,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>93,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>