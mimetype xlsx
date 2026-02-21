--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8c3d5f82bf44a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce51f8cc473f482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8085958aeb04b93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7af9e35ab0247cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77c810736a7f4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8085958aeb04b93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17484e5170664956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7af9e35ab0247cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.80% p.a. Barrier Reverse Convertible on MP Materials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>92,580</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,560</x:t>
-[...26 lines deleted...]
-          <x:t>92,070</x:t>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>98,550</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>