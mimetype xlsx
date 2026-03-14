--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce51f8cc473f482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2a2ade325134f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7af9e35ab0247cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee00510f10743a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17484e5170664956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7af9e35ab0247cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4898e752ad2d47f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee00510f10743a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.80% p.a. Barrier Reverse Convertible on MP Materials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>95,250</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>93,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>93,580</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,920</x:t>
-[...21 lines deleted...]
-          <x:t>94,100</x:t>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,690</x:t>
-[...53 lines deleted...]
-          <x:t>93,050</x:t>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>