--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a018f62b36e4aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb201f389717b4d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f7a670d29844c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de3bc5afeac49d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7c8c5f146034959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f7a670d29844c09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5d4a15018a46c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de3bc5afeac49d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,168 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -504,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>