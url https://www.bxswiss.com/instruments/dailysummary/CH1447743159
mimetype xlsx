--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb201f389717b4d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16fd1976c9514799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de3bc5afeac49d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d7fcc689974c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5d4a15018a46c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de3bc5afeac49d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b4a8cd405c4975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d7fcc689974c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>101,305</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>