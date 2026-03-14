--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16fd1976c9514799" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7158fc0644be45b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d7fcc689974c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafba23e92f7a4786"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b4a8cd405c4975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d7fcc689974c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f97cf322e3c46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafba23e92f7a4786" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>97,780</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...478 lines deleted...]
-          <x:t>99,360</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>