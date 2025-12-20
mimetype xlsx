--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c4b565059444cf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44963e2b9cb64aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b40ca40b7e84422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1884f38ab754687"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7cba78c3261413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b40ca40b7e84422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fb9d65a7aa4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1884f38ab754687" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,213 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...175 lines deleted...]
-          <x:t>100,875</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>