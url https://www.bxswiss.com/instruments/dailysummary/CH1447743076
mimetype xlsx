--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44963e2b9cb64aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R395a274cb0bd4e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1884f38ab754687"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re99ac3e92d994121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fb9d65a7aa4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1884f38ab754687" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc02b7336040488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re99ac3e92d994121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>100,360</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>100,130</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>101,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,470</x:t>
-[...134 lines deleted...]
-          <x:t>101,355</x:t>
+          <x:t>100,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>