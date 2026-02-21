--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R395a274cb0bd4e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149a21b1ad5d47e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re99ac3e92d994121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c2087f3164448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc02b7336040488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re99ac3e92d994121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48abf37832e407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c2087f3164448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>100,835</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>100,815</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,815</x:t>
-[...269 lines deleted...]
-          <x:t>100,915</x:t>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>