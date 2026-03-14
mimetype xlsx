--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149a21b1ad5d47e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2330f0af67694b33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c2087f3164448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7231a765e17c47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48abf37832e407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c2087f3164448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227a5945d236411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7231a765e17c47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>101,545</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,495</x:t>
-[...53 lines deleted...]
-          <x:t>101,285</x:t>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,580</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,090</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>