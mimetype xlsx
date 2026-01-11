--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98aac01d2fe4169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3489de40f734bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2cfa6cafe384bc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca4c7afc9b94937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c47179ed4e4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2cfa6cafe384bc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c03424c2204477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca4c7afc9b94937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>96,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>