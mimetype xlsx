--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3489de40f734bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf6b1ec5d64437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca4c7afc9b94937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d0782727e04824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c03424c2204477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca4c7afc9b94937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c93965413b45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d0782727e04824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,320</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>