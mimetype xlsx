--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf6b1ec5d64437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2aa3d37715840f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d0782727e04824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ae3053d55c94e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c93965413b45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d0782727e04824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6ec528814d6414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ae3053d55c94e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447743050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>81,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>