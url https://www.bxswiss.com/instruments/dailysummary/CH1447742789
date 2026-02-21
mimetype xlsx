--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5bc38a918d49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047ab5038f1b4749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ce8410da8243cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd30f185b229f41ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9668140d833b4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ce8410da8243cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfa4a817e1504899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd30f185b229f41ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,495</x:t>
-[...80 lines deleted...]
-          <x:t>102,070</x:t>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>102,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>