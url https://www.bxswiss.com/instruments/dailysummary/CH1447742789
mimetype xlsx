--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047ab5038f1b4749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90b589b3c424e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd30f185b229f41ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae255c0f6e894b21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfa4a817e1504899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd30f185b229f41ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6ac13763ef480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae255c0f6e894b21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,300</x:t>
-[...65 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>102,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>