--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re932f5d03db744e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533cc5a0e80b493a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd59b3ff75584498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda00b8e80cb54ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ddbeeaeb7514948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd59b3ff75584498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dfc2c6ad53147a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda00b8e80cb54ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10% p.a. Barrier Reverse Convertible on Affirm Holdings Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,530</x:t>
-[...107 lines deleted...]
-          <x:t>102,650</x:t>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,420</x:t>
-[...350 lines deleted...]
-          <x:t>106,205</x:t>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>