--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533cc5a0e80b493a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504fd87214ff4fd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda00b8e80cb54ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bb6239d3f74731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dfc2c6ad53147a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda00b8e80cb54ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd13cc7fee64417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bb6239d3f74731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10% p.a. Barrier Reverse Convertible on Affirm Holdings Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>