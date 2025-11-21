--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248fe5d8a5be4dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f08f0a8185f40c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895ce34abbd1416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53b7807294024929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a856e909a7413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895ce34abbd1416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a536ba0da1c44ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53b7807294024929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +226,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>