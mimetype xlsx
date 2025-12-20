--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f08f0a8185f40c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08fc052dd96b4f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53b7807294024929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b3dfaf48384168"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a536ba0da1c44ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53b7807294024929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c89c5a11db4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b3dfaf48384168" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...124 lines deleted...]
-          <x:t>94,820</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>91,960</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>92,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>