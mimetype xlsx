--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08fc052dd96b4f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614486a3623d4538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b3dfaf48384168"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbd6e993dc814746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c89c5a11db4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b3dfaf48384168" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R872a9788df90435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbd6e993dc814746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>93,450</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>93,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,750</x:t>
-[...146 lines deleted...]
-          <x:t>99,220</x:t>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>95,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>