--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614486a3623d4538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6720afa7e5b475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbd6e993dc814746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07d3c9ed1e045ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R872a9788df90435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbd6e993dc814746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R934bbb3cc2e940ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07d3c9ed1e045ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>97,120</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,800</x:t>
-[...85 lines deleted...]
-          <x:t>99,320</x:t>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>