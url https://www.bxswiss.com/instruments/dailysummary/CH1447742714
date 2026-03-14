--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6720afa7e5b475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482201e2b7d74218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07d3c9ed1e045ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R062709499e7a4984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R934bbb3cc2e940ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07d3c9ed1e045ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ba6103f2884ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R062709499e7a4984" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>97,910</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,930</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>98,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,370</x:t>
-[...43 lines deleted...]
-          <x:t>99,320</x:t>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,400</x:t>
-[...215 lines deleted...]
-          <x:t>97,100</x:t>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>