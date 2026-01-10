--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re569a7eb729e4bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78751e959f74376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6a71f4f1e6454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c73c436efcd49e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3702821d1eca4e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6a71f4f1e6454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re23e3ecb5c86457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c73c436efcd49e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,431 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,560</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,020</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,670</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>