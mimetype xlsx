--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78751e959f74376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8994d1971dca47ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c73c436efcd49e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89be4e78f2b64ebf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re23e3ecb5c86457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c73c436efcd49e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e7a3aec4484144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89be4e78f2b64ebf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>94,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>