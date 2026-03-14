--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8994d1971dca47ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce1ca0cb3934e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89be4e78f2b64ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddb95d7469ec4e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e7a3aec4484144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89be4e78f2b64ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20814c7ad6914c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddb95d7469ec4e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>88,550</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,310</x:t>
-[...92 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,240</x:t>
-[...43 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,500</x:t>
-[...198 lines deleted...]
-          <x:t>88,700</x:t>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>