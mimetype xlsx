--- v0 (2025-11-23)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2282b29a43f64fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992abb7d18fb4056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re477cb72600e453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b577a43d1084747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fcbd56a4fae4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re477cb72600e453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73293245bcfd4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b577a43d1084747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>100,020</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>13.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,245</x:t>
-[...171 lines deleted...]
-          <x:t>100,460</x:t>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>