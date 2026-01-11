--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992abb7d18fb4056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29506491eb4e4c67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b577a43d1084747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028be1ca44fb4ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73293245bcfd4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b577a43d1084747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2116fd710fd74870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028be1ca44fb4ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,270</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,840</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>