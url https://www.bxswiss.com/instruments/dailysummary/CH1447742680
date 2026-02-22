--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29506491eb4e4c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634abe11d06e490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028be1ca44fb4ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e457ed878e94b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2116fd710fd74870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028be1ca44fb4ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf9dd80387e49b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e457ed878e94b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>103,985</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>104,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>