--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634abe11d06e490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221fe2ef15fc4f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e457ed878e94b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55916a31e8ae4eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf9dd80387e49b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e457ed878e94b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d581a48b1874708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55916a31e8ae4eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,005</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,520</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>