--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba714921d08743b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0e849c1130495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2a393e3a79f434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re06f6f67b34d4bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00fc3ecebea42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2a393e3a79f434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a1788cb55d4b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re06f6f67b34d4bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,526 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>100,230</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,870</x:t>
-[...11 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>101,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,280</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,910</x:t>
-[...43 lines deleted...]
-          <x:t>103,665</x:t>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,475</x:t>
-[...215 lines deleted...]
-          <x:t>101,765</x:t>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>