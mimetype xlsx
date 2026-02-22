--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0e849c1130495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a6552fe65a4bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re06f6f67b34d4bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e8718ba50041a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a1788cb55d4b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re06f6f67b34d4bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc008180443e140e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e8718ba50041a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>103,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,680</x:t>
-[...21 lines deleted...]
-          <x:t>102,815</x:t>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>104,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>