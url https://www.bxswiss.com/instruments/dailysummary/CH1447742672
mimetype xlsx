--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a6552fe65a4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb49ffcf3c644d93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e8718ba50041a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d3a41068884a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc008180443e140e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e8718ba50041a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc537691995814101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d3a41068884a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>103,335</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,080</x:t>
-[...205 lines deleted...]
-          <x:t>101,825</x:t>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,005</x:t>
-[...296 lines deleted...]
-          <x:t>102,870</x:t>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>