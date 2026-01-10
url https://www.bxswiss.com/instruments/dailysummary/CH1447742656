--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39832acdd0941fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a9f40ad3eac4ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0cc344d0704b6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra933ddb196be4569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R750630636bba4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0cc344d0704b6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9afb72587b7a4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra933ddb196be4569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...55 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,695</x:t>
-[...387 lines deleted...]
-          <x:t>101,785</x:t>
+          <x:t>100,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>