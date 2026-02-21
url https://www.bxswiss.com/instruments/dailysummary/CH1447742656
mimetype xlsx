--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a9f40ad3eac4ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743c09ed8f344cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra933ddb196be4569"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae3734b4b237488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9afb72587b7a4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra933ddb196be4569" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803b33f95f414f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae3734b4b237488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>100,110</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>100,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>