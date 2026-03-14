--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743c09ed8f344cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256051485a1d401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae3734b4b237488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7a2729a31724c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803b33f95f414f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae3734b4b237488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af7dd210a834b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7a2729a31724c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>99,590</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>99,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,290</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>100,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,980</x:t>
-[...129 lines deleted...]
-          <x:t>98,940</x:t>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>99,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>