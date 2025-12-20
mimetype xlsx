--- v0 (2025-11-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0d7198aa724c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4bbb98665f4278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c4000d254f46d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4de0f86ae7364e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd603f92ac24626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c4000d254f46d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5419846ab464c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4de0f86ae7364e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>99,570</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,240</x:t>
-[...301 lines deleted...]
-          <x:t>95,950</x:t>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>