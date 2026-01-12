--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4bbb98665f4278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d563418d5014a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4de0f86ae7364e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ff8bdf219e14f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5419846ab464c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4de0f86ae7364e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re286b02967f24c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ff8bdf219e14f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,255</x:t>
-[...16 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,675</x:t>
-[...112 lines deleted...]
-          <x:t>100,975</x:t>
+          <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>101,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,655</x:t>
-[...85 lines deleted...]
-          <x:t>102,370</x:t>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>