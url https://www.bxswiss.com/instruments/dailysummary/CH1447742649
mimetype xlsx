--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d563418d5014a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b8a1cfccff47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ff8bdf219e14f3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07e7f2b31f1a4d02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re286b02967f24c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ff8bdf219e14f3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4047ba7e60e24e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07e7f2b31f1a4d02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>102,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>