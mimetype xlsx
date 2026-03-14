--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b8a1cfccff47ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a43a18dcd8448c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07e7f2b31f1a4d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bde4482ce7f460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4047ba7e60e24e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07e7f2b31f1a4d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1eee46b49c4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bde4482ce7f460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,570</x:t>
-[...21 lines deleted...]
-          <x:t>99,430</x:t>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,130</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...343 lines deleted...]
-          <x:t>99,260</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>