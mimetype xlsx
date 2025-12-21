--- v0 (2025-11-23)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7539d0f2064566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R672922a82b8d435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc07aafbb7dd64a8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8db1b161f5427b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d0fb8a2220a40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc07aafbb7dd64a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe572e8bf084218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8db1b161f5427b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,423 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -597,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>