--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R672922a82b8d435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613966dcef254b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8db1b161f5427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288ee76033c247a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe572e8bf084218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8db1b161f5427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220c7e5edabf4033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288ee76033c247a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>88,990</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>87,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>86,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>