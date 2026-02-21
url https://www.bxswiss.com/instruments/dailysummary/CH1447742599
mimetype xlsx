--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613966dcef254b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83acf9352c6f43cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288ee76033c247a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414260742ddf4fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220c7e5edabf4033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288ee76033c247a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0257968e5f4ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414260742ddf4fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>87,100</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>86,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,290</x:t>
-[...431 lines deleted...]
-          <x:t>89,050</x:t>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>