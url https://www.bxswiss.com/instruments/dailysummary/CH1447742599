--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83acf9352c6f43cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf5d6b05c1c5444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414260742ddf4fa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4970c64790e54d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0257968e5f4ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414260742ddf4fa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14271b835da54a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4970c64790e54d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>87,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>87,710</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>82,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...80 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,980</x:t>
-[...107 lines deleted...]
-          <x:t>87,350</x:t>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,010</x:t>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>