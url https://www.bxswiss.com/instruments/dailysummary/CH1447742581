--- v0 (2025-10-30)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7603b1e79f17483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceed15bb90654050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4534aa8335949d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b261009357b4d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2137ebed3545f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4534aa8335949d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb514df2f96dc4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b261009357b4d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...173 lines deleted...]
-          <x:t>102,350</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>