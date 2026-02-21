--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceed15bb90654050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3452f46f475e4e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b261009357b4d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c4af06f280b461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb514df2f96dc4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b261009357b4d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0cf1df4663047b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c4af06f280b461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>94,770</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>