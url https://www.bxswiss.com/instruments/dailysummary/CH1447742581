--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3452f46f475e4e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re93914dad485478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c4af06f280b461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9488a3cd6b1481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0cf1df4663047b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c4af06f280b461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdfe500d2fb4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9488a3cd6b1481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>92,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,100</x:t>
-[...205 lines deleted...]
-          <x:t>88,340</x:t>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,900</x:t>
-[...48 lines deleted...]
-          <x:t>87,520</x:t>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>86,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>