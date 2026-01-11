--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4badefcf30364eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30346f261634d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49e7917c5866487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5225310a9bc643d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R212f5eb30d8a4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49e7917c5866487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9f3c1f777a432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5225310a9bc643d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...11 lines deleted...]
-          <x:t>100,480</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>21.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,115</x:t>
-[...107 lines deleted...]
-          <x:t>101,890</x:t>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,045</x:t>
-[...404 lines deleted...]
-          <x:t>101,035</x:t>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>