--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30346f261634d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc266dd764b406f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5225310a9bc643d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa16cb7975d43dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9f3c1f777a432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5225310a9bc643d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efadd7e2fa34b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa16cb7975d43dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>99,430</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>101,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>