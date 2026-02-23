--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc266dd764b406f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2808488ed8234962" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa16cb7975d43dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd012b9d0462461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efadd7e2fa34b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa16cb7975d43dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168f00f02fc04786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd012b9d0462461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>100,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>101,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,715</x:t>
-[...166 lines deleted...]
-          <x:t>102,000</x:t>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>