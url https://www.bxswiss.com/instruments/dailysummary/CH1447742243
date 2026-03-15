--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2808488ed8234962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dde2ee8c87546a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd012b9d0462461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R059ea05988474d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168f00f02fc04786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd012b9d0462461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef0d57df5844fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R059ea05988474d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>101,735</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,715</x:t>
-[...53 lines deleted...]
-          <x:t>101,195</x:t>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>102,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>