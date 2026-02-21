--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564955e472184acc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cff992b6890464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e2da60a94343e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8668d6054c494162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e947dacc4c4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e2da60a94343e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb27e1921344aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8668d6054c494162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,215</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>