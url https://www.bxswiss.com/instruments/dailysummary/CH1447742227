--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cff992b6890464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re38eff18387a4314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8668d6054c494162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23f6955530464f3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb27e1921344aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8668d6054c494162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0023c35bbb4143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23f6955530464f3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,530</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>104,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>104,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>104,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>