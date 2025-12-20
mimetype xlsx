--- v0 (2025-11-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0280730882ae46ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb9f4ac8b884f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41305d1e9f364fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669d3e435bf64732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5923d17c674d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41305d1e9f364fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c032cf46d5946da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669d3e435bf64732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,199 +149,586 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>