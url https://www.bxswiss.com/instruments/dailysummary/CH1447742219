--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb9f4ac8b884f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5617ccbc6b194555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669d3e435bf64732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf064b8781949aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c032cf46d5946da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669d3e435bf64732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0873ba3e4c74697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf064b8781949aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,395 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...343 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -704,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>