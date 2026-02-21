--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5617ccbc6b194555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6725c03bda2f43a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf064b8781949aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad69f0e68bd84657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0873ba3e4c74697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf064b8781949aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5ede9a4658433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad69f0e68bd84657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>96,090</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,360</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,360</x:t>
-[...382 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>