--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6725c03bda2f43a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a3cc251a756455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad69f0e68bd84657"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901031634c4c4fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5ede9a4658433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad69f0e68bd84657" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d81719980074423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901031634c4c4fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>93,470</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>95,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>