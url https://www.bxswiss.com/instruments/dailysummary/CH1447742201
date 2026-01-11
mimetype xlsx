--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c5897ec7b24942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47dc9e9c7754a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6eea8fbba4c430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82eea1e76a94aff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917d0b03aace44f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6eea8fbba4c430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d76a44eaf84973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82eea1e76a94aff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,550 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...20 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,455</x:t>
-[...467 lines deleted...]
-        <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,625</x:t>
         </x:is>
       </x:c>
@@ -704,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>