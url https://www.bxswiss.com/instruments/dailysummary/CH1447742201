--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47dc9e9c7754a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98401e88c5844307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82eea1e76a94aff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d786d45df8f41a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d76a44eaf84973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82eea1e76a94aff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfedd028087b948a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d786d45df8f41a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>102,530</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,500</x:t>
-[...139 lines deleted...]
-          <x:t>103,385</x:t>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>