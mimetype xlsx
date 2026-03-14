--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98401e88c5844307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8e612f74054eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d786d45df8f41a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R360558865ce64213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfedd028087b948a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d786d45df8f41a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra484e1e137354aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R360558865ce64213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>103,485</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,455</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>103,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>104,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>