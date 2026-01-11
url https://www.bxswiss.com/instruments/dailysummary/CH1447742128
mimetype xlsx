--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2c0e96f95f4b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecb3a8307974acd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd99ba1b4a2f428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13728a124359460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra52b0d7f61b94a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd99ba1b4a2f428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79eecc6ba5104355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13728a124359460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Air France - KLM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>97,370</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,220</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,680</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>