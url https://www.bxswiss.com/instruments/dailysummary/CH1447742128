--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecb3a8307974acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca7b69103f745c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13728a124359460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R409af072de3c48f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79eecc6ba5104355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13728a124359460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5eb3382374459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R409af072de3c48f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Air France - KLM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,910</x:t>
-[...48 lines deleted...]
-          <x:t>98,090</x:t>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,010</x:t>
-[...11 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,430</x:t>
-[...188 lines deleted...]
-          <x:t>100,090</x:t>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,960</x:t>
-[...156 lines deleted...]
-          <x:t>99,060</x:t>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>