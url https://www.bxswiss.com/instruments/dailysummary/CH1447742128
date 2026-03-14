--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca7b69103f745c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7457d1a05c054f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R409af072de3c48f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a96c415671d4948"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5eb3382374459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R409af072de3c48f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24628e79eff43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a96c415671d4948" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Air France - KLM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>96,490</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,830</x:t>
-[...227 lines deleted...]
-          <x:t>97,520</x:t>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,520</x:t>
-[...382 lines deleted...]
-          <x:t>98,000</x:t>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>