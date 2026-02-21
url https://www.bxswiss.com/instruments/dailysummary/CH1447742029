--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red7d459b7b2344e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ab554f26524d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf1a752d1f7c410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2d6d1b81a1c4bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7e0191e9944a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf1a752d1f7c410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce541344ff9f4b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2d6d1b81a1c4bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on DocMorris</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,860</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,995</x:t>
-[...97 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,385</x:t>
-[...279 lines deleted...]
-          <x:t>105,160</x:t>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>