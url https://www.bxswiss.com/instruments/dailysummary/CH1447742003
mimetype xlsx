--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720fc320ec5d4933" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23e8038199f4b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9271e36a7b74450b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9da08e1662534876"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe745e98c3164c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9271e36a7b74450b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5894f5d6cadf42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9da08e1662534876" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>102,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,510</x:t>
-[...269 lines deleted...]
-          <x:t>101,745</x:t>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>