--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23e8038199f4b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5701390d4b6e4359" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9da08e1662534876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f10ae5b4b24277"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5894f5d6cadf42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9da08e1662534876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ec1b1f02044301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f10ae5b4b24277" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447742003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,410</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>