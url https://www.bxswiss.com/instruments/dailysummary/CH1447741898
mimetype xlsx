--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf81be1115af4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcec75c696942e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad96f74406784aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf858015699b45e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra697cd7259a54c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad96f74406784aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra54847528da84158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf858015699b45e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +226,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>