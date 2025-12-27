--- v1 (2025-11-14)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcec75c696942e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e95c7a7ff74b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf858015699b45e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a36062abad74a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra54847528da84158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf858015699b45e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70737d24b0194c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a36062abad74a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...55 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,570</x:t>
-[...21 lines deleted...]
-          <x:t>100,440</x:t>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,440</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,510</x:t>
-[...58 lines deleted...]
-          <x:t>100,805</x:t>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>