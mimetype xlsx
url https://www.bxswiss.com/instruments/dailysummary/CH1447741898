--- v2 (2025-12-27)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e95c7a7ff74b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad82cd9de70149b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a36062abad74a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3c1ec5e7c54994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70737d24b0194c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a36062abad74a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39bdc01fa54544ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3c1ec5e7c54994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,750</x:t>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>100,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>