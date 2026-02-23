--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad82cd9de70149b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d15bb3be6c4882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3c1ec5e7c54994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93900a9958994f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39bdc01fa54544ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3c1ec5e7c54994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf1f1daf5d3a4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93900a9958994f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,421 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>101,445</x:t>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,160</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,880</x:t>
         </x:is>
       </x:c>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>