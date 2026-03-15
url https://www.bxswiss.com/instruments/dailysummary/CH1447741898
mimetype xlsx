--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d15bb3be6c4882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2f527cb2ab4aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93900a9958994f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487589a80b7843fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf1f1daf5d3a4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93900a9958994f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5f237d61374718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487589a80b7843fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>98,230</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,260</x:t>
-[...70 lines deleted...]
-          <x:t>97,810</x:t>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,700</x:t>
-[...38 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,220</x:t>
-[...171 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>98,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>