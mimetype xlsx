--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ebb99598d1b41e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d19bccefd71469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbb76b533b44cad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5578d7e5d4c457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb777478bf71c40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbb76b533b44cad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459e2636c9c54044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5578d7e5d4c457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Amrize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>98,020</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,020</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>100,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,150</x:t>
-[...350 lines deleted...]
-          <x:t>99,500</x:t>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>