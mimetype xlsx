--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d19bccefd71469e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e387d45279d41d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5578d7e5d4c457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfcb1d391134262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459e2636c9c54044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5578d7e5d4c457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf697ada8b3d4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfcb1d391134262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Amrize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,470</x:t>
-[...264 lines deleted...]
-          <x:t>99,700</x:t>
+          <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,480</x:t>
-[...166 lines deleted...]
-          <x:t>100,240</x:t>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>