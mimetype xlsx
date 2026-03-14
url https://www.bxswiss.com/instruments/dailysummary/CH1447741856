--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e387d45279d41d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44626655be494168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfcb1d391134262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c177805c834420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf697ada8b3d4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfcb1d391134262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85670c46b1aa473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c177805c834420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Amrize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,420</x:t>
-[...4 lines deleted...]
-          <x:t>98,910</x:t>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,470</x:t>
-[...333 lines deleted...]
-          <x:t>100,010</x:t>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>