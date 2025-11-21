--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac0aa945ad3a4ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556030a24c91425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc135930c55344a57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bedd302ce884925"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86681996954b4805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc135930c55344a57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c11e335cb914012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bedd302ce884925" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -384,31 +286,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>