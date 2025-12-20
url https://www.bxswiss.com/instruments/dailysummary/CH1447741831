--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556030a24c91425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5de0bf01eb34da9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bedd302ce884925"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c6fd3e217814d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c11e335cb914012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bedd302ce884925" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5992f82303e44e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c6fd3e217814d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...169 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,130</x:t>
-[...129 lines deleted...]
-          <x:t>100,010</x:t>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,070</x:t>
-[...129 lines deleted...]
-          <x:t>99,020</x:t>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,280</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>100,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>