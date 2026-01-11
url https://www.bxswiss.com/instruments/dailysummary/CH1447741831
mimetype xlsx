--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5de0bf01eb34da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516141849cdf4601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c6fd3e217814d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb89cac52cf4f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5992f82303e44e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c6fd3e217814d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8207d149e24f44c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb89cac52cf4f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,410</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,040</x:t>
-[...16 lines deleted...]
-          <x:t>100,040</x:t>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>02.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,300</x:t>
-[...31 lines deleted...]
-          <x:t>99,300</x:t>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...307 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>