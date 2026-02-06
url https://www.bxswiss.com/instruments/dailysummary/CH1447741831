--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516141849cdf4601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd68dcd90c01e46c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb89cac52cf4f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff5ff543ff14d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8207d149e24f44c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb89cac52cf4f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a80a162525b4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff5ff543ff14d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>99,910</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,830</x:t>
-[...377 lines deleted...]
-          <x:t>100,645</x:t>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>