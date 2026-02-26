--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd68dcd90c01e46c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca256ec6a2b4ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff5ff543ff14d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0284503a44e94ced"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a80a162525b4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff5ff543ff14d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b1621b2f6f4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0284503a44e94ced" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>