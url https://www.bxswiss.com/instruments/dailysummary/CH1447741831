--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca256ec6a2b4ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1cce30234d948d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0284503a44e94ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7483d14fc8194eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b1621b2f6f4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0284503a44e94ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004e6913854c458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7483d14fc8194eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>97,970</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>98,770</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,840</x:t>
-[...517 lines deleted...]
-          <x:t>99,040</x:t>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>