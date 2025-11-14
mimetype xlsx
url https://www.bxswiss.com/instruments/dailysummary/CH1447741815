--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9391f1c3cd8d4259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref086999d5f641ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba65a2ba4b0c47cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra056cb0932d74ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38752df321dd46b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba65a2ba4b0c47cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f55ecbd07c456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra056cb0932d74ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +226,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>