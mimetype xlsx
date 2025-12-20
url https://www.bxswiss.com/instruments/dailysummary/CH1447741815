--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref086999d5f641ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f83bc85726d4c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra056cb0932d74ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f80986eaec4d7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f55ecbd07c456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra056cb0932d74ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135c33c28ae04c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f80986eaec4d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...146 lines deleted...]
-          <x:t>100,785</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,635</x:t>
-[...323 lines deleted...]
-          <x:t>100,705</x:t>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>