--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f83bc85726d4c42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44588fe8a8cc44cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f80986eaec4d7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c8d37f2eedc467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135c33c28ae04c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f80986eaec4d7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7fede325204565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c8d37f2eedc467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>