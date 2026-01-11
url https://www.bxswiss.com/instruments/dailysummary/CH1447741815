--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44588fe8a8cc44cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44d7041374a4e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c8d37f2eedc467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8574eb1c8944ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7fede325204565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c8d37f2eedc467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2f52790102469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8574eb1c8944ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,170</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>98,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>99,550</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>