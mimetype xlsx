--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44d7041374a4e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520c29e52b82470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8574eb1c8944ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3d12a7804724949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2f52790102469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8574eb1c8944ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe17f5073d7e4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3d12a7804724949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>98,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>98,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>102,310</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>