--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520c29e52b82470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e00b5f68ebf4931" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3d12a7804724949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra01fdf1692554a26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe17f5073d7e4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3d12a7804724949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0af9788fe616485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra01fdf1692554a26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Leonardo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>100,080</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>100,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,670</x:t>
-[...416 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,895</x:t>
-[...4 lines deleted...]
-          <x:t>100,695</x:t>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>