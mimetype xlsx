--- v0 (2025-12-20)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539b9a0382be4522" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfbdffb30394165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1babb4c8f3124172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d631561b674701"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e1dbcdc0cf48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1babb4c8f3124172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a4d63441714e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d631561b674701" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.40% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>