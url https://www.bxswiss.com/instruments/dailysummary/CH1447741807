--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfbdffb30394165" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7358db28d81a43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d631561b674701"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c274a89dcb745f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a4d63441714e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d631561b674701" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648b77dc8c694c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c274a89dcb745f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.40% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>20.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,120</x:t>
-[...193 lines deleted...]
-          <x:t>97,010</x:t>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>98,360</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>