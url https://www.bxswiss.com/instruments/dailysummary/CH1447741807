--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7358db28d81a43cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbade17436e8c4a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c274a89dcb745f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61b7440e3be647d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648b77dc8c694c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c274a89dcb745f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1522a0d1d88b4662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61b7440e3be647d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.40% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>98,470</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,710</x:t>
-[...31 lines deleted...]
-          <x:t>99,040</x:t>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>