--- v0 (2025-11-01)
+++ v1 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R808c79cfc96545d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168c76cd777b49b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a7943d78db44e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62334727b2e64348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fe7d46c778d4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a7943d78db44e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815495bbb1274a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62334727b2e64348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Reverse Convertible on DocMorris</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>99,650</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...491 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>100,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>