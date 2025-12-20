--- v1 (2025-11-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168c76cd777b49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90f44aee0bb4590" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62334727b2e64348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef571d84ab143eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815495bbb1274a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62334727b2e64348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2773d0f5cfe4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef571d84ab143eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Reverse Convertible on DocMorris</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>100,510</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,180</x:t>
-[...296 lines deleted...]
-          <x:t>100,360</x:t>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>101,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,375</x:t>
-[...193 lines deleted...]
-          <x:t>99,850</x:t>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>