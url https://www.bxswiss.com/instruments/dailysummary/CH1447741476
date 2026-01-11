--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90f44aee0bb4590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9484a4c24b744939" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef571d84ab143eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30228c7da9324607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2773d0f5cfe4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef571d84ab143eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346313663b1e47a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30228c7da9324607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Reverse Convertible on DocMorris</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,900</x:t>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>100,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>99,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>