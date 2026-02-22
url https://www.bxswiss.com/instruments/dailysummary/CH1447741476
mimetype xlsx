--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9484a4c24b744939" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdfc55486e843c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30228c7da9324607"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8b3fa6a68c4b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346313663b1e47a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30228c7da9324607" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1a53817db946bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8b3fa6a68c4b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Reverse Convertible on DocMorris</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,340</x:t>
-[...252 lines deleted...]
-          <x:t>100,550</x:t>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>