--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdfc55486e843c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ffff863a01c47d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8b3fa6a68c4b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raff4447bb7434e4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1a53817db946bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8b3fa6a68c4b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3f47b37fc342e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raff4447bb7434e4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Reverse Convertible on DocMorris</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>98,220</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,780</x:t>
-[...16 lines deleted...]
-          <x:t>98,580</x:t>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,350</x:t>
-[...178 lines deleted...]
-          <x:t>97,140</x:t>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,070</x:t>
-[...33 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,620</x:t>
-[...225 lines deleted...]
-          <x:t>97,380</x:t>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>