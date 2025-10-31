--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9c7e9c651a41df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb536089d264243fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c216c1f756e457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1cb2fbca0b470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ff55dba520400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c216c1f756e457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e94094d3d6c4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1cb2fbca0b470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,369 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...55 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,570</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>99,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,900</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
@@ -577,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>