--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb536089d264243fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67685b88f879483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1cb2fbca0b470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54bdacf129684192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e94094d3d6c4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1cb2fbca0b470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8fb2d9feaf4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54bdacf129684192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,320</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,270</x:t>
-[...80 lines deleted...]
-          <x:t>104,305</x:t>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>103,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,695</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>105,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>