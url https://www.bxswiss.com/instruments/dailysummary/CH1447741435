--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67685b88f879483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d6bad988274891" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54bdacf129684192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52bb17e9fb774759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8fb2d9feaf4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54bdacf129684192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f464c9566646d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52bb17e9fb774759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>104,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,365</x:t>
-[...529 lines deleted...]
-          <x:t>104,400</x:t>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,695</x:t>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>