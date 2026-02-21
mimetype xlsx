--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d6bad988274891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R880d9862c84747bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52bb17e9fb774759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2aee04f12a4f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f464c9566646d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52bb17e9fb774759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89e98d633a874b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2aee04f12a4f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>101,545</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,335</x:t>
-[...215 lines deleted...]
-          <x:t>101,585</x:t>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>