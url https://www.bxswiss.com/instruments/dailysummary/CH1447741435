--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R880d9862c84747bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refeda0358bf24a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2aee04f12a4f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf22740ed380440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89e98d633a874b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2aee04f12a4f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c979d498db842e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf22740ed380440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,510</x:t>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>102,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>102,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>